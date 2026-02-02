--- v0 (2025-12-10)
+++ v1 (2026-02-02)
@@ -20,51 +20,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Dashboard" sheetId="1" r:id="rId4"/>
     <sheet name="IST" sheetId="2" r:id="rId5"/>
     <sheet name="MMPI" sheetId="3" r:id="rId6"/>
     <sheet name="Pauli" sheetId="4" r:id="rId7"/>
     <sheet name="HPI" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Client Name</t>
   </si>
   <si>
     <t>PSICO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Username</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
@@ -160,75 +160,51 @@
   <si>
     <t>kategori ADJUSTMENT</t>
   </si>
   <si>
     <t>kategori AMBITION</t>
   </si>
   <si>
     <t>kategori SOCIABILITY</t>
   </si>
   <si>
     <t>kategori LIKEABILITY</t>
   </si>
   <si>
     <t>kategori PRUDENCE</t>
   </si>
   <si>
     <t>kategori INTELLECTANCE</t>
   </si>
   <si>
     <t>kategori SCHOOL SUCCESS</t>
   </si>
   <si>
     <t>PSICO_008</t>
   </si>
   <si>
-    <t>Muhammad Hasim Habibil Mustof</t>
-[...23 lines deleted...]
-    <t>low</t>
+    <t>Borderline</t>
   </si>
   <si>
     <t>INTELLIGENCE STRUCTURE TEST</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>SW</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>AN</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>RA</t>
   </si>
@@ -506,92 +482,50 @@
     <t>INGATAN YANG BAGUS</t>
   </si>
   <si>
     <t>KEMAMPUAN MATEMATIKA</t>
   </si>
   <si>
     <t>MEMBACA</t>
   </si>
   <si>
     <t>Service Orientation</t>
   </si>
   <si>
     <t>Stress Tolerance</t>
   </si>
   <si>
     <t>Reliability</t>
   </si>
   <si>
     <t>Clerical Potential</t>
   </si>
   <si>
     <t>Sales Potential</t>
   </si>
   <si>
     <t>Managerial Potential</t>
-  </si>
-[...40 lines deleted...]
-    <t>Individu dengan skor tinggi mungkin cenderung lebih fokus pada pembelajaran daripada melakukan tugas-tugas yang ?tidak menarik?, namun diperlukan. Mereka mungkin cenderung menggunakan teknologi terbaru tanpa memverifikasi kegunaannya dan mungkin membanjiri orang lain dengan semangat mereka untuk mendapatkan kesempatan pelatihan. Orang-orang ini mungkin dianggap dogmatis tentang nilai pengetahuan; akibatnya, mereka dapat dilihat sebagai  tahu segalanya  oleh orang lain, menyebabkan mereka kehilangan kredibilitas dari waktu ke waktu.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -1172,138 +1106,88 @@
         <v>39</v>
       </c>
       <c r="AH6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="AI6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="AJ6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AK6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="AL6" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:38">
       <c r="A7" s="2">
         <v>1</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
-      <c r="R7" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="R7" s="3"/>
+      <c r="S7" s="3"/>
+      <c r="T7" s="3"/>
+      <c r="U7" s="3"/>
+      <c r="V7" s="3"/>
+      <c r="W7" s="3"/>
+      <c r="X7" s="3"/>
+      <c r="Y7" s="3"/>
+      <c r="Z7" s="3"/>
+      <c r="AA7" s="3"/>
+      <c r="AB7" s="3"/>
+      <c r="AC7" s="3"/>
+      <c r="AD7" s="3"/>
+      <c r="AE7" s="3"/>
+      <c r="AF7" s="3"/>
+      <c r="AG7" s="3"/>
+      <c r="AH7" s="3"/>
+      <c r="AI7" s="3"/>
+      <c r="AJ7" s="3"/>
+      <c r="AK7" s="3"/>
+      <c r="AL7" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:Q5"/>
     <mergeCell ref="R5:X5"/>
     <mergeCell ref="Y5:AL5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -1327,256 +1211,244 @@
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="10" customWidth="true" style="0"/>
     <col min="13" max="13" width="10" customWidth="true" style="0"/>
     <col min="14" max="14" width="10" customWidth="true" style="0"/>
     <col min="15" max="15" width="10" customWidth="true" style="0"/>
     <col min="16" max="16" width="10" customWidth="true" style="0"/>
     <col min="17" max="17" width="10" customWidth="true" style="0"/>
     <col min="18" max="18" width="10" customWidth="true" style="0"/>
     <col min="19" max="19" width="10" customWidth="true" style="0"/>
     <col min="20" max="20" width="10" customWidth="true" style="0"/>
     <col min="21" max="21" width="10" customWidth="true" style="0"/>
     <col min="22" max="22" width="10" customWidth="true" style="0"/>
     <col min="23" max="23" width="10" customWidth="true" style="0"/>
     <col min="24" max="24" width="10" customWidth="true" style="0"/>
     <col min="25" max="25" width="10" customWidth="true" style="0"/>
     <col min="26" max="26" width="10" customWidth="true" style="0"/>
     <col min="27" max="27" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:27">
       <c r="A2" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:27">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:27">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
     </row>
     <row r="5" spans="1:27">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="O5" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="P5" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="Q5" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="R5" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="S5" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="T5" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="U5" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="V5" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="W5" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="X5" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y5" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z5" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="AA5" s="1" t="s">
         <v>62</v>
-      </c>
-[...49 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:27">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C6" s="2"/>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3"/>
       <c r="F6" s="3">
         <v>11</v>
       </c>
       <c r="G6" s="3">
         <v>12</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>8</v>
       </c>
       <c r="J6" s="3">
         <v>3</v>
       </c>
       <c r="K6" s="3">
         <v>9</v>
       </c>
       <c r="L6" s="3">
         <v>12</v>
       </c>
       <c r="M6" s="3">
         <v>5</v>
       </c>
       <c r="N6" s="3">
         <v>14</v>
       </c>
       <c r="O6" s="3">
         <v>6</v>
       </c>
-      <c r="P6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="P6" s="3"/>
       <c r="Q6" s="3">
         <v>101</v>
       </c>
       <c r="R6" s="3">
         <v>108</v>
       </c>
       <c r="S6" s="3">
         <v>104</v>
       </c>
       <c r="T6" s="3">
         <v>87</v>
       </c>
       <c r="U6" s="3">
         <v>82</v>
       </c>
       <c r="V6" s="3">
         <v>101</v>
       </c>
       <c r="W6" s="3">
         <v>108</v>
       </c>
       <c r="X6" s="3">
         <v>90</v>
       </c>
       <c r="Y6" s="3">
         <v>112</v>
       </c>
-      <c r="Z6" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="Z6" s="3"/>
+      <c r="AA6" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="F4:P4"/>
     <mergeCell ref="Q4:Y4"/>
     <mergeCell ref="Z4:AA4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -1604,163 +1476,161 @@
     <col min="11" max="11" width="5" customWidth="true" style="0"/>
     <col min="12" max="12" width="5" customWidth="true" style="0"/>
     <col min="13" max="13" width="5" customWidth="true" style="0"/>
     <col min="14" max="14" width="5" customWidth="true" style="0"/>
     <col min="15" max="15" width="5" customWidth="true" style="0"/>
     <col min="16" max="16" width="5" customWidth="true" style="0"/>
     <col min="17" max="17" width="5" customWidth="true" style="0"/>
     <col min="18" max="18" width="25" customWidth="true" style="0"/>
     <col min="19" max="19" width="25" customWidth="true" style="0"/>
     <col min="20" max="20" width="25" customWidth="true" style="0"/>
     <col min="21" max="21" width="25" customWidth="true" style="0"/>
     <col min="22" max="22" width="25" customWidth="true" style="0"/>
     <col min="23" max="23" width="25" customWidth="true" style="0"/>
     <col min="24" max="24" width="25" customWidth="true" style="0"/>
     <col min="25" max="25" width="25" customWidth="true" style="0"/>
     <col min="26" max="26" width="25" customWidth="true" style="0"/>
     <col min="27" max="27" width="25" customWidth="true" style="0"/>
     <col min="28" max="28" width="25" customWidth="true" style="0"/>
     <col min="29" max="29" width="25" customWidth="true" style="0"/>
     <col min="30" max="30" width="25" customWidth="true" style="0"/>
     <col min="31" max="31" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L5" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="M5" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="N5" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="O5" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="P5" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="Q5" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="R5" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="K5" s="1" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S5" s="1" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="T5" s="1" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="U5" s="1" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="V5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="W5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="X5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="Y5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Z5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AA5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AB5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AD5" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AE5" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:31">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C6" s="2"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="U6" s="2"/>
       <c r="V6" s="2"/>
       <c r="W6" s="2"/>
       <c r="X6" s="2"/>
       <c r="Y6" s="2"/>
       <c r="Z6" s="2"/>
       <c r="AA6" s="2"/>
       <c r="AB6" s="2"/>
@@ -1790,127 +1660,109 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D6" sqref="D6:K6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="18" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
     <col min="9" max="9" width="25" customWidth="true" style="0"/>
     <col min="10" max="10" width="25" customWidth="true" style="0"/>
     <col min="11" max="11" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="C6" s="2"/>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="3"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CI6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
@@ -1988,565 +1840,407 @@
     <col min="67" max="67" width="25" customWidth="true" style="0"/>
     <col min="68" max="68" width="25" customWidth="true" style="0"/>
     <col min="69" max="69" width="25" customWidth="true" style="0"/>
     <col min="70" max="70" width="25" customWidth="true" style="0"/>
     <col min="71" max="71" width="25" customWidth="true" style="0"/>
     <col min="72" max="72" width="25" customWidth="true" style="0"/>
     <col min="73" max="73" width="25" customWidth="true" style="0"/>
     <col min="74" max="74" width="25" customWidth="true" style="0"/>
     <col min="75" max="75" width="25" customWidth="true" style="0"/>
     <col min="76" max="76" width="25" customWidth="true" style="0"/>
     <col min="77" max="77" width="25" customWidth="true" style="0"/>
     <col min="78" max="78" width="25" customWidth="true" style="0"/>
     <col min="79" max="79" width="25" customWidth="true" style="0"/>
     <col min="80" max="80" width="25" customWidth="true" style="0"/>
     <col min="81" max="81" width="25" customWidth="true" style="0"/>
     <col min="82" max="82" width="25" customWidth="true" style="0"/>
     <col min="83" max="83" width="25" customWidth="true" style="0"/>
     <col min="84" max="84" width="25" customWidth="true" style="0"/>
     <col min="85" max="85" width="25" customWidth="true" style="0"/>
     <col min="86" max="86" width="25" customWidth="true" style="0"/>
     <col min="87" max="87" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:87">
       <c r="A2" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:87">
       <c r="A3" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:87">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="Q5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="R5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="S5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="T5" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="U5" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="V5" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="W5" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="X5" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y5" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="Z5" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA5" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB5" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="U5" s="1" t="s">
+      <c r="AC5" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="V5" s="1" t="s">
+      <c r="AD5" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="W5" s="1" t="s">
+      <c r="AE5" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="X5" s="1" t="s">
+      <c r="AF5" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="Y5" s="1" t="s">
+      <c r="AG5" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="Z5" s="1" t="s">
+      <c r="AH5" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="AA5" s="1" t="s">
+      <c r="AI5" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="AB5" s="1" t="s">
+      <c r="AJ5" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="AC5" s="1" t="s">
+      <c r="AK5" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="AD5" s="1" t="s">
+      <c r="AL5" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="AE5" s="1" t="s">
+      <c r="AM5" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="AF5" s="1" t="s">
+      <c r="AN5" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="AG5" s="1" t="s">
+      <c r="AO5" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="AH5" s="1" t="s">
+      <c r="AP5" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="AI5" s="1" t="s">
+      <c r="AQ5" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="AJ5" s="1" t="s">
+      <c r="AR5" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="AK5" s="1" t="s">
+      <c r="AS5" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="AL5" s="1" t="s">
+      <c r="AT5" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="AM5" s="1" t="s">
+      <c r="AU5" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="AN5" s="1" t="s">
+      <c r="AV5" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="AO5" s="1" t="s">
+      <c r="AW5" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="AP5" s="1" t="s">
+      <c r="AX5" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="AQ5" s="1" t="s">
+      <c r="AY5" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="AR5" s="1" t="s">
+      <c r="AZ5" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="AS5" s="1" t="s">
+      <c r="BA5" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="AT5" s="1" t="s">
+      <c r="BB5" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="AU5" s="1" t="s">
+      <c r="BC5" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="AV5" s="1" t="s">
+      <c r="BD5" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="AW5" s="1" t="s">
+      <c r="BE5" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="AX5" s="1" t="s">
+      <c r="BF5" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="AY5" s="1" t="s">
+      <c r="BG5" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="AZ5" s="1" t="s">
+      <c r="BH5" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="BA5" s="1" t="s">
+      <c r="BI5" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="BB5" s="1" t="s">
+      <c r="BJ5" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="BC5" s="1" t="s">
+      <c r="BK5" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="BD5" s="1" t="s">
+      <c r="BL5" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="BE5" s="1" t="s">
+      <c r="BM5" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="BF5" s="1" t="s">
+      <c r="BN5" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="BG5" s="1" t="s">
+      <c r="BO5" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="BH5" s="1" t="s">
+      <c r="BP5" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="BI5" s="1" t="s">
+      <c r="BQ5" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="BJ5" s="1" t="s">
+      <c r="BR5" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="BK5" s="1" t="s">
+      <c r="BS5" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="BL5" s="1" t="s">
+      <c r="BT5" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="BM5" s="1" t="s">
+      <c r="BU5" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="BN5" s="1" t="s">
+      <c r="BV5" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="BO5" s="1" t="s">
+      <c r="BW5" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="BP5" s="1" t="s">
+      <c r="BX5" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="BQ5" s="1" t="s">
+      <c r="BY5" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="BR5" s="1" t="s">
+      <c r="BZ5" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="BS5" s="1" t="s">
+      <c r="CA5" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="BT5" s="1" t="s">
+      <c r="CB5" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="BU5" s="1" t="s">
+      <c r="CC5" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="BV5" s="1" t="s">
+      <c r="CD5" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="BW5" s="1" t="s">
+      <c r="CE5" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="BX5" s="1" t="s">
+      <c r="CF5" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="BY5" s="1" t="s">
+      <c r="CG5" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="BZ5" s="1" t="s">
+      <c r="CH5" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="CA5" s="1" t="s">
+      <c r="CI5" s="1" t="s">
         <v>153</v>
-      </c>
-[...22 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="6" spans="1:87">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...235 lines deleted...]
-      </c>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+      <c r="O6" s="2"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+      <c r="R6" s="2"/>
+      <c r="S6" s="2"/>
+      <c r="T6" s="2"/>
+      <c r="U6" s="2"/>
+      <c r="V6" s="2"/>
+      <c r="W6" s="2"/>
+      <c r="X6" s="2"/>
+      <c r="Y6" s="2"/>
+      <c r="Z6" s="2"/>
+      <c r="AA6" s="2"/>
+      <c r="AB6" s="2"/>
+      <c r="AC6" s="2"/>
+      <c r="AD6" s="2"/>
+      <c r="AE6" s="2"/>
+      <c r="AF6" s="2"/>
+      <c r="AG6" s="2"/>
+      <c r="AH6" s="2"/>
+      <c r="AI6" s="2"/>
+      <c r="AJ6" s="2"/>
+      <c r="AK6" s="2"/>
+      <c r="AL6" s="2"/>
+      <c r="AM6" s="2"/>
+      <c r="AN6" s="2"/>
+      <c r="AO6" s="2"/>
+      <c r="AP6" s="2"/>
+      <c r="AQ6" s="2"/>
+      <c r="AR6" s="2"/>
+      <c r="AS6" s="2"/>
+      <c r="AT6" s="2"/>
+      <c r="AU6" s="2"/>
+      <c r="AV6" s="2"/>
+      <c r="AW6" s="2"/>
+      <c r="AX6" s="2"/>
+      <c r="AY6" s="2"/>
+      <c r="AZ6" s="2"/>
+      <c r="BA6" s="2"/>
+      <c r="BB6" s="2"/>
+      <c r="BC6" s="2"/>
+      <c r="BD6" s="2"/>
+      <c r="BE6" s="2"/>
+      <c r="BF6" s="2"/>
+      <c r="BG6" s="2"/>
+      <c r="BH6" s="2"/>
+      <c r="BI6" s="2"/>
+      <c r="BJ6" s="2"/>
+      <c r="BK6" s="2"/>
+      <c r="BL6" s="2"/>
+      <c r="BM6" s="2"/>
+      <c r="BN6" s="2"/>
+      <c r="BO6" s="2"/>
+      <c r="BP6" s="2"/>
+      <c r="BQ6" s="2"/>
+      <c r="BR6" s="2"/>
+      <c r="BS6" s="2"/>
+      <c r="BT6" s="2"/>
+      <c r="BU6" s="2"/>
+      <c r="BV6" s="2"/>
+      <c r="BW6" s="2"/>
+      <c r="BX6" s="2"/>
+      <c r="BY6" s="2"/>
+      <c r="BZ6" s="2"/>
+      <c r="CA6" s="2"/>
+      <c r="CB6" s="2"/>
+      <c r="CC6" s="2"/>
       <c r="CD6" s="2">
         <v>60</v>
       </c>
       <c r="CE6" s="2">
         <v>93</v>
       </c>
       <c r="CF6" s="2">
         <v>82</v>
       </c>
       <c r="CG6" s="2">
         <v>66</v>
       </c>
       <c r="CH6" s="2">
         <v>48</v>
       </c>
       <c r="CI6" s="2">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">