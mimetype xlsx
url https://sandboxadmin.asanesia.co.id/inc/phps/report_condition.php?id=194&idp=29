--- v0 (2025-12-10)
+++ v1 (2026-02-02)
@@ -20,51 +20,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Dashboard" sheetId="1" r:id="rId4"/>
     <sheet name="IST" sheetId="2" r:id="rId5"/>
     <sheet name="MMPI" sheetId="3" r:id="rId6"/>
     <sheet name="Pauli" sheetId="4" r:id="rId7"/>
     <sheet name="HPI" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Client Name</t>
   </si>
   <si>
     <t>PSICO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Username</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
@@ -160,74 +160,71 @@
   <si>
     <t>kategori ADJUSTMENT</t>
   </si>
   <si>
     <t>kategori AMBITION</t>
   </si>
   <si>
     <t>kategori SOCIABILITY</t>
   </si>
   <si>
     <t>kategori LIKEABILITY</t>
   </si>
   <si>
     <t>kategori PRUDENCE</t>
   </si>
   <si>
     <t>kategori INTELLECTANCE</t>
   </si>
   <si>
     <t>kategori SCHOOL SUCCESS</t>
   </si>
   <si>
     <t>PSICO_004</t>
   </si>
   <si>
-    <t>RAHMAH EDITA MUTIA</t>
-[...5 lines deleted...]
-    <t>Cerdas</t>
+    <t>M. ISMAEL MARZUKI. M.J</t>
+  </si>
+  <si>
+    <t>Laki-laki</t>
+  </si>
+  <si>
+    <t>Rata-Rata</t>
   </si>
   <si>
     <t>RENDAH</t>
   </si>
   <si>
     <t>TINGGI</t>
   </si>
   <si>
     <t>high</t>
   </si>
   <si>
     <t>average</t>
   </si>
   <si>
-    <t>low</t>
-[...1 lines deleted...]
-  <si>
     <t>INTELLIGENCE STRUCTURE TEST</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>SW</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>AN</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>RA</t>
   </si>
   <si>
     <t>ZR</t>
@@ -508,81 +505,81 @@
   <si>
     <t>MEMBACA</t>
   </si>
   <si>
     <t>Service Orientation</t>
   </si>
   <si>
     <t>Stress Tolerance</t>
   </si>
   <si>
     <t>Reliability</t>
   </si>
   <si>
     <t>Clerical Potential</t>
   </si>
   <si>
     <t>Sales Potential</t>
   </si>
   <si>
     <t>Managerial Potential</t>
   </si>
   <si>
     <t>Individu dengan skor tinggi menyesuaikan diri dengan lingkungan yang serba cepat dan/atau beban kerja yang berat, tetap tenang di bawah tekanan, menghindari reaksi berlebihan, dan tidak bereaksi negatif terhadap stres. Mereka tenang, percaya diri dengan kemampuan mereka, dan orang lain akan menghargai ketahanan mereka di saat-saat yang mendesak dan penuh tekanan. Orang-orang ini mempercayai orang lain dan cenderung melihat gelas itu  setengah penuh  daripada  setengah kosong .</t>
   </si>
   <si>
-    <t>Individu dengan skor rata-rata dipandang sebagai orang yang relatif ambisius, pekerja keras, dan pemain tim yang baik. Meskipun mereka tidak didorong oleh masalah status, mereka biasanya tidak keberatan pindah ke posisi otoritas, dan mereka mendukung upaya tim untuk menyelesaikan proyek.</t>
-[...8 lines deleted...]
-    <t>Individu dengan skor rata-rata akan dilihat sebagai karyawan yang bertanggung jawab dan penuh rencana, memperhatikan detail, dan mampu mentolerir pengawasan yang ketat. Mereka terbuka untuk pengalaman, ide, dan inisiatif baru, dan akan melihat melampaui prosedur standar untuk memecahkan masalah.</t>
+    <t>Individu dengan skor tinggi cenderung seperti pemimpin, energik, terdorong, kompetitif, dan fokus pada pencapaian hasil dan kesuksesan. Mereka juga akan mengambil inisiatif, gigih ketika menyelesaikan tugas, dan bersemangat untuk maju dalam organisasi. Orang-orang ini percaya diri dan nyaman ketika mempresentasikan ide-ide mereka di depan kelompok, dan mereka akan memimpin orang lain untuk fokus pada tujuan dan inisiatif bisnis utama.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor rata-rata tidak ekstrovert atau menutup diri secara sosial. Mereka akan dilihat oleh orang lain sebagai orang yang ramah dan menyenangkan, tetapi tidak terlalu mencari perhatian. Pelanggan dan rekan kerja akan melihat mereka sebagai orang yang mudah didekati, mudah diakses, dan mendengarkan kebutuhan mereka sebelum menawarkan.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor rata-rata terlihat kooperatif dan ramah, tetapi masih mampu menyuarakan pendapat mereka. Orang-orang ini akan merasa nyaman menghadapi konflik dan cenderung melakukannya dengan cara yang bijaksana.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi dipandang sebagai orang yang tertib, dapat dipercaya, terencana, terorganisir, dapat diandalkan, dan bertanggung jawab. Mereka akan memegang standar tinggi untuk kinerja mereka sendiri dan orang lain, dan akan digambarkan sebagai didorong secara prosedural dan memperhatikan detail. Individu-individu ini cenderung menjadi warga organisasi yang baik yang memperhatikan aturan dan prosedur organisasi. Mereka akan mengumpulkan semua informasi yang diperlukan untuk membuat keputusan yang tepat.</t>
   </si>
   <si>
     <t>Individu dengan skor tinggi cenderung imajinatif, memiliki banyak ide, dan pemecah masalah yang banyak akal. Mereka sering kreatif (periksa kehati-hatian rendah), suka berpetualang, ingin tahu, berpikiran terbuka, dan fokus pada gambaran yang lebih besar. Orang-orang ini biasanya adalah pemikir strategis  di luar kotak  yang dapat membawa berbagai ide dan solusi pada pekerjaan.</t>
   </si>
   <si>
     <t>Individu dengan skor tinggi menghargai pendidikan dan memandang pembelajaran sebagai tujuan itu sendiri. Mereka cenderung up-to-date dengan tren terkini dalam profesi mereka, dan akan mendorong kesempatan belajar dan pelatihan untuk diri mereka sendiri dan staf mereka. Individu-individu ini berorientasi pada pencapaian, fokus pada tujuan, senang menerapkan pengetahuan mereka pada situasi saat ini, dan akan bekerja untuk meningkatkan keterampilan mereka.</t>
   </si>
   <si>
     <t>Karena individu dengan skor tinggi sangat tenang, mereka mungkin tidak menyadari ketika orang lain sedang stres, dapat terus menumpuk pekerjaan kepada orang lain, dan mungkin tidak berempati. Mereka cenderung melihat umpan balik positif sebagai sarana  menepuk punggung mereka sendiri  dan, karena tingkat kepercayaan diri mereka yang tinggi, mereka cenderung mengabaikan umpan balik negatif. Individu dengan skor tinggi juga cenderung mengabaikan kesalahan mereka dan melebih-lebihkan kontribusi tempat kerja mereka.</t>
   </si>
   <si>
-    <t>Individu dengan skor rata-rata mungkin terlihat acuh tak acuh dan tidak terlalu strategis dalam pengambilan keputusan mereka; akibatnya, orang lain mungkin mengalami kesulitan mempertahankan kepercayaan pada potensi kepemimpinan individu ini. Karena kecenderungan mereka untuk tidak mencari tantangan, mereka mungkin terlihat kurang memiliki keterampilan maupun keinginan untuk mencapai hasil yang berdampak tinggi.</t>
-[...8 lines deleted...]
-    <t>Individu dengan skor rata-rata mungkin mengalami kesulitan dalam memprioritaskan pekerjaan, fleksibel dalam situasi yang tidak pasti, dan mengetahui kapan mereka memiliki informasi yang cukup untuk membuat keputusan.</t>
+    <t>Individu dengan skor tinggi mungkin cenderung bersaing dengan rekan atau bawahan mereka untuk memfasilitasi kemajuan mereka sendiri. Mereka mungkin menganggap mereka memiliki semua jawaban, dan mungkin tidak mencari masukan orang lain ketika menghasilkan ide. Orang-orang ini akan menjadi gelisah dalam pekerjaan yang tidak memiliki kemajuan karir dan pindah ke peluang lain jika mereka tidak melihat ruang untuk kemajuan.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor rata-rata cenderung tidak mencari pengakuan atas kinerja mereka; akibatnya, mereka mungkin dipandang kurang terlibat atau berdedikasi. Mereka cenderung tidak menyuarakan ide dan pendapat mereka untuk menghindari terlalu banyak perhatian pada diri mereka sendiri.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor rata-rata mungkin menjadi tidak sabar dengan kekurangan orang lain dan menghindari interaksi dengan mereka di tingkat profesional.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi mungkin terlalu mengontrol dan mengalami kesulitan mengelola perubahan. Mereka akan digambarkan oleh orang lain sebagai orang yang mengatur rincian proyeksampai hal terkecil, dan agak tidak dapat mendelegasikan tugas kepada orang lain. Orang-orang ini cenderung tidak visioner atau tidak berorientasi  gambaran besar , yang dapat mengurangi efektivitas mereka secara keseluruhan. Individu dengan skor yang sangat tinggi (persentil ke-90 ke atas) cenderung terlihat kaku dan tidak fleksibel.</t>
   </si>
   <si>
     <t>Individu dengan skor tinggi dapat menjadi mudah bosan tanpa aktivitas baru dan merangsang. Mereka mungkin mengalami kesulitan mendiagnosis kepraktisan ide dan konsep, mengecilkan masalah operasional atau proses, dan lebih suka membuat konsep daripada implementasi. Individu dengan skor yang sangat tinggi (di atas 90%) sering dianggap mudah mengalihkan perhatian (terutama saat melakukan tugas yang membosankan), tidak dapat diprediksi, dan terlalu bersemangat tentang topik yang menjadi minat pribadi.</t>
   </si>
   <si>
     <t>Individu dengan skor tinggi mungkin cenderung lebih fokus pada pembelajaran daripada melakukan tugas-tugas yang ?tidak menarik?, namun diperlukan. Mereka mungkin cenderung menggunakan teknologi terbaru tanpa memverifikasi kegunaannya dan mungkin membanjiri orang lain dengan semangat mereka untuk mendapatkan kesempatan pelatihan. Orang-orang ini mungkin dianggap dogmatis tentang nilai pengetahuan; akibatnya, mereka dapat dilihat sebagai  tahu segalanya  oleh orang lain, menyebabkan mereka kehilangan kredibilitas dari waktu ke waktu.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1173,127 +1170,127 @@
       </c>
       <c r="AI6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="AJ6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AK6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="AL6" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:38">
       <c r="A7" s="2">
         <v>1</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D7" s="2">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F7" s="3">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3">
-        <v>2025</v>
+        <v>1665</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="T7" s="3">
-        <v>4.09877</v>
+        <v>12.0721</v>
       </c>
       <c r="U7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="V7" s="3">
-        <v>4.93827</v>
+        <v>9.7973</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="X7" s="3">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="Y7" s="3">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="Z7" s="3">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="AA7" s="3">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="AB7" s="3">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="AC7" s="3">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="AD7" s="3">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="AE7" s="3">
         <v>95</v>
       </c>
       <c r="AF7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="AG7" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AH7" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="AH7" s="3" t="s">
+      <c r="AI7" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ7" s="3" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AK7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="AL7" s="3" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:Q5"/>
     <mergeCell ref="R5:X5"/>
     <mergeCell ref="Y5:AL5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1324,255 +1321,255 @@
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="10" customWidth="true" style="0"/>
     <col min="13" max="13" width="10" customWidth="true" style="0"/>
     <col min="14" max="14" width="10" customWidth="true" style="0"/>
     <col min="15" max="15" width="10" customWidth="true" style="0"/>
     <col min="16" max="16" width="10" customWidth="true" style="0"/>
     <col min="17" max="17" width="10" customWidth="true" style="0"/>
     <col min="18" max="18" width="10" customWidth="true" style="0"/>
     <col min="19" max="19" width="10" customWidth="true" style="0"/>
     <col min="20" max="20" width="10" customWidth="true" style="0"/>
     <col min="21" max="21" width="10" customWidth="true" style="0"/>
     <col min="22" max="22" width="10" customWidth="true" style="0"/>
     <col min="23" max="23" width="10" customWidth="true" style="0"/>
     <col min="24" max="24" width="10" customWidth="true" style="0"/>
     <col min="25" max="25" width="10" customWidth="true" style="0"/>
     <col min="26" max="26" width="10" customWidth="true" style="0"/>
     <col min="27" max="27" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:27">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:27">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:27">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
     </row>
     <row r="5" spans="1:27">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="K5" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="K5" s="1" t="s">
+      <c r="L5" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="L5" s="1" t="s">
+      <c r="M5" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="N5" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="O5" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="O5" s="1" t="s">
+      <c r="P5" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="P5" s="1" t="s">
+      <c r="Q5" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="R5" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="S5" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="T5" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="U5" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="V5" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="W5" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="X5" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y5" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z5" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="Q5" s="1" t="s">
-[...26 lines deleted...]
-      <c r="Z5" s="1" t="s">
+      <c r="AA5" s="1" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:27">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D6" s="3">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F6" s="3">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="G6" s="3">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I6" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="J6" s="3">
         <v>8</v>
       </c>
       <c r="K6" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="L6" s="3">
         <v>12</v>
       </c>
       <c r="M6" s="3">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="N6" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="O6" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="P6" s="3">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="Q6" s="3">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="R6" s="3">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="S6" s="3">
-        <v>108</v>
+        <v>91</v>
       </c>
       <c r="T6" s="3">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="U6" s="3">
         <v>97</v>
       </c>
       <c r="V6" s="3">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="W6" s="3">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="X6" s="3">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="Y6" s="3">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="Z6" s="3">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="AA6" s="3">
-        <v>121</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="F4:P4"/>
     <mergeCell ref="Q4:Y4"/>
     <mergeCell ref="Z4:AA4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1601,121 +1598,121 @@
     <col min="11" max="11" width="5" customWidth="true" style="0"/>
     <col min="12" max="12" width="5" customWidth="true" style="0"/>
     <col min="13" max="13" width="5" customWidth="true" style="0"/>
     <col min="14" max="14" width="5" customWidth="true" style="0"/>
     <col min="15" max="15" width="5" customWidth="true" style="0"/>
     <col min="16" max="16" width="5" customWidth="true" style="0"/>
     <col min="17" max="17" width="5" customWidth="true" style="0"/>
     <col min="18" max="18" width="25" customWidth="true" style="0"/>
     <col min="19" max="19" width="25" customWidth="true" style="0"/>
     <col min="20" max="20" width="25" customWidth="true" style="0"/>
     <col min="21" max="21" width="25" customWidth="true" style="0"/>
     <col min="22" max="22" width="25" customWidth="true" style="0"/>
     <col min="23" max="23" width="25" customWidth="true" style="0"/>
     <col min="24" max="24" width="25" customWidth="true" style="0"/>
     <col min="25" max="25" width="25" customWidth="true" style="0"/>
     <col min="26" max="26" width="25" customWidth="true" style="0"/>
     <col min="27" max="27" width="25" customWidth="true" style="0"/>
     <col min="28" max="28" width="25" customWidth="true" style="0"/>
     <col min="29" max="29" width="25" customWidth="true" style="0"/>
     <col min="30" max="30" width="25" customWidth="true" style="0"/>
     <col min="31" max="31" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="J5" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="K5" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="K5" s="1" t="s">
+      <c r="L5" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="L5" s="1" t="s">
+      <c r="M5" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="N5" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="O5" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="O5" s="1" t="s">
+      <c r="P5" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="P5" s="1" t="s">
+      <c r="Q5" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="Q5" s="1" t="s">
+      <c r="R5" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="R5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S5" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="T5" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="T5" s="1" t="s">
+      <c r="U5" s="1" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="V5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="W5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="X5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="Y5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Z5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AA5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AB5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC5" s="1" t="s">
         <v>21</v>
       </c>
@@ -1787,126 +1784,126 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D6" sqref="D6:K6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="18" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
     <col min="9" max="9" width="25" customWidth="true" style="0"/>
     <col min="10" max="10" width="25" customWidth="true" style="0"/>
     <col min="11" max="11" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D6" s="3">
-        <v>83</v>
+        <v>201</v>
       </c>
       <c r="E6" s="3">
-        <v>2025</v>
+        <v>1665</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="G6" s="3">
-        <v>4.09877</v>
+        <v>12.0721</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>50</v>
       </c>
       <c r="I6" s="3">
-        <v>4.93827</v>
+        <v>9.7973</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>50</v>
       </c>
       <c r="K6" s="3">
-        <v>48</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CI6"/>
   <sheetViews>
@@ -1985,582 +1982,582 @@
     <col min="67" max="67" width="25" customWidth="true" style="0"/>
     <col min="68" max="68" width="25" customWidth="true" style="0"/>
     <col min="69" max="69" width="25" customWidth="true" style="0"/>
     <col min="70" max="70" width="25" customWidth="true" style="0"/>
     <col min="71" max="71" width="25" customWidth="true" style="0"/>
     <col min="72" max="72" width="25" customWidth="true" style="0"/>
     <col min="73" max="73" width="25" customWidth="true" style="0"/>
     <col min="74" max="74" width="25" customWidth="true" style="0"/>
     <col min="75" max="75" width="25" customWidth="true" style="0"/>
     <col min="76" max="76" width="25" customWidth="true" style="0"/>
     <col min="77" max="77" width="25" customWidth="true" style="0"/>
     <col min="78" max="78" width="25" customWidth="true" style="0"/>
     <col min="79" max="79" width="25" customWidth="true" style="0"/>
     <col min="80" max="80" width="25" customWidth="true" style="0"/>
     <col min="81" max="81" width="25" customWidth="true" style="0"/>
     <col min="82" max="82" width="25" customWidth="true" style="0"/>
     <col min="83" max="83" width="25" customWidth="true" style="0"/>
     <col min="84" max="84" width="25" customWidth="true" style="0"/>
     <col min="85" max="85" width="25" customWidth="true" style="0"/>
     <col min="86" max="86" width="25" customWidth="true" style="0"/>
     <col min="87" max="87" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:87">
       <c r="A2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:87">
       <c r="A3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:87">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="Q5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="R5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="S5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="T5" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="U5" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="U5" s="1" t="s">
+      <c r="V5" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="V5" s="1" t="s">
+      <c r="W5" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="W5" s="1" t="s">
+      <c r="X5" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="X5" s="1" t="s">
+      <c r="Y5" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="Y5" s="1" t="s">
+      <c r="Z5" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="Z5" s="1" t="s">
+      <c r="AA5" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="AA5" s="1" t="s">
+      <c r="AB5" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="AB5" s="1" t="s">
+      <c r="AC5" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="AC5" s="1" t="s">
+      <c r="AD5" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="AD5" s="1" t="s">
+      <c r="AE5" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="AE5" s="1" t="s">
+      <c r="AF5" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="AF5" s="1" t="s">
+      <c r="AG5" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="AG5" s="1" t="s">
+      <c r="AH5" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="AH5" s="1" t="s">
+      <c r="AI5" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="AI5" s="1" t="s">
+      <c r="AJ5" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="AJ5" s="1" t="s">
+      <c r="AK5" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="AK5" s="1" t="s">
+      <c r="AL5" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="AL5" s="1" t="s">
+      <c r="AM5" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="AM5" s="1" t="s">
+      <c r="AN5" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="AN5" s="1" t="s">
+      <c r="AO5" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="AO5" s="1" t="s">
+      <c r="AP5" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="AP5" s="1" t="s">
+      <c r="AQ5" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="AQ5" s="1" t="s">
+      <c r="AR5" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="AR5" s="1" t="s">
+      <c r="AS5" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="AS5" s="1" t="s">
+      <c r="AT5" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="AT5" s="1" t="s">
+      <c r="AU5" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="AU5" s="1" t="s">
+      <c r="AV5" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="AV5" s="1" t="s">
+      <c r="AW5" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="AW5" s="1" t="s">
+      <c r="AX5" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="AX5" s="1" t="s">
+      <c r="AY5" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="AY5" s="1" t="s">
+      <c r="AZ5" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="AZ5" s="1" t="s">
+      <c r="BA5" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="BA5" s="1" t="s">
+      <c r="BB5" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="BB5" s="1" t="s">
+      <c r="BC5" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="BC5" s="1" t="s">
+      <c r="BD5" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="BD5" s="1" t="s">
+      <c r="BE5" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="BE5" s="1" t="s">
+      <c r="BF5" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="BF5" s="1" t="s">
+      <c r="BG5" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="BG5" s="1" t="s">
+      <c r="BH5" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="BH5" s="1" t="s">
+      <c r="BI5" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="BI5" s="1" t="s">
+      <c r="BJ5" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="BJ5" s="1" t="s">
+      <c r="BK5" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="BK5" s="1" t="s">
+      <c r="BL5" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="BL5" s="1" t="s">
+      <c r="BM5" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="BM5" s="1" t="s">
+      <c r="BN5" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="BN5" s="1" t="s">
+      <c r="BO5" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="BO5" s="1" t="s">
+      <c r="BP5" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="BP5" s="1" t="s">
+      <c r="BQ5" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="BQ5" s="1" t="s">
+      <c r="BR5" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="BR5" s="1" t="s">
+      <c r="BS5" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="BS5" s="1" t="s">
+      <c r="BT5" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="BT5" s="1" t="s">
+      <c r="BU5" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="BU5" s="1" t="s">
+      <c r="BV5" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="BV5" s="1" t="s">
+      <c r="BW5" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="BW5" s="1" t="s">
+      <c r="BX5" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="BX5" s="1" t="s">
+      <c r="BY5" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="BY5" s="1" t="s">
+      <c r="BZ5" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="BZ5" s="1" t="s">
+      <c r="CA5" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="CA5" s="1" t="s">
+      <c r="CB5" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="CB5" s="1" t="s">
+      <c r="CC5" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="CC5" s="1" t="s">
+      <c r="CD5" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="CD5" s="1" t="s">
+      <c r="CE5" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="CE5" s="1" t="s">
+      <c r="CF5" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="CF5" s="1" t="s">
+      <c r="CG5" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="CG5" s="1" t="s">
+      <c r="CH5" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="CH5" s="1" t="s">
+      <c r="CI5" s="1" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:87">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D6" s="2">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F6" s="2">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="G6" s="2">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="H6" s="2">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="I6" s="2">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="J6" s="2">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="K6" s="2">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="L6" s="2">
         <v>95</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="O6" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="O6" s="2" t="s">
+      <c r="P6" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q6" s="2" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="R6" s="2" t="s">
         <v>51</v>
       </c>
       <c r="S6" s="2" t="s">
         <v>51</v>
       </c>
       <c r="T6" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="U6" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="U6" s="2" t="s">
+      <c r="V6" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="V6" s="2" t="s">
+      <c r="W6" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="W6" s="2" t="s">
+      <c r="X6" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="X6" s="2" t="s">
+      <c r="Y6" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="Y6" s="2" t="s">
+      <c r="Z6" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="Z6" s="2" t="s">
+      <c r="AA6" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="AA6" s="2" t="s">
+      <c r="AB6" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="AB6" s="2" t="s">
+      <c r="AC6" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="AC6" s="2" t="s">
+      <c r="AD6" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="AD6" s="2" t="s">
+      <c r="AE6" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="AE6" s="2" t="s">
+      <c r="AF6" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="AF6" s="2" t="s">
+      <c r="AG6" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="AG6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AH6" s="2">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="AI6" s="2">
         <v>4</v>
       </c>
       <c r="AJ6" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AK6" s="2">
         <v>5</v>
       </c>
       <c r="AL6" s="2">
         <v>5</v>
       </c>
       <c r="AM6" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AN6" s="2">
         <v>5</v>
       </c>
       <c r="AO6" s="2">
         <v>3</v>
       </c>
       <c r="AP6" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AQ6" s="2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AR6" s="2">
         <v>4</v>
       </c>
       <c r="AS6" s="2">
         <v>2</v>
       </c>
       <c r="AT6" s="2">
         <v>6</v>
       </c>
       <c r="AU6" s="2">
         <v>6</v>
       </c>
       <c r="AV6" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AW6" s="2">
         <v>3</v>
       </c>
       <c r="AX6" s="2">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="AY6" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AZ6" s="2">
         <v>3</v>
       </c>
       <c r="BA6" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="BB6" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BC6" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BD6" s="2">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="BE6" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="BF6" s="2">
         <v>4</v>
       </c>
       <c r="BG6" s="2">
+        <v>5</v>
+      </c>
+      <c r="BH6" s="2">
+        <v>3</v>
+      </c>
+      <c r="BI6" s="2">
         <v>4</v>
       </c>
-      <c r="BH6" s="2">
-[...2 lines deleted...]
-      <c r="BI6" s="2">
+      <c r="BJ6" s="2">
+        <v>25</v>
+      </c>
+      <c r="BK6" s="2">
         <v>3</v>
       </c>
-      <c r="BJ6" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="BL6" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="BM6" s="2">
         <v>4</v>
       </c>
       <c r="BN6" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BO6" s="2">
         <v>1</v>
       </c>
       <c r="BP6" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="BQ6" s="2">
         <v>4</v>
       </c>
       <c r="BR6" s="2">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="BS6" s="2">
         <v>4</v>
       </c>
       <c r="BT6" s="2">
         <v>3</v>
       </c>
       <c r="BU6" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BV6" s="2">
         <v>3</v>
       </c>
       <c r="BW6" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="BX6" s="2">
         <v>3</v>
       </c>
       <c r="BY6" s="2">
         <v>13</v>
       </c>
       <c r="BZ6" s="2">
         <v>3</v>
       </c>
       <c r="CA6" s="2">
         <v>4</v>
       </c>
       <c r="CB6" s="2">
         <v>3</v>
       </c>
       <c r="CC6" s="2">
         <v>3</v>
       </c>
       <c r="CD6" s="2">
         <v>60</v>
       </c>
       <c r="CE6" s="2">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="CF6" s="2">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="CG6" s="2">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="CH6" s="2">
         <v>68</v>
       </c>
       <c r="CI6" s="2">
-        <v>43</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">