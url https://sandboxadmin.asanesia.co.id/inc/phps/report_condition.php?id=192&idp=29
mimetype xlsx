--- v0 (2025-12-10)
+++ v1 (2026-02-02)
@@ -20,51 +20,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Dashboard" sheetId="1" r:id="rId4"/>
     <sheet name="IST" sheetId="2" r:id="rId5"/>
     <sheet name="MMPI" sheetId="3" r:id="rId6"/>
     <sheet name="Pauli" sheetId="4" r:id="rId7"/>
     <sheet name="HPI" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Client Name</t>
   </si>
   <si>
     <t>PSICO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Username</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
@@ -160,51 +160,69 @@
   <si>
     <t>kategori ADJUSTMENT</t>
   </si>
   <si>
     <t>kategori AMBITION</t>
   </si>
   <si>
     <t>kategori SOCIABILITY</t>
   </si>
   <si>
     <t>kategori LIKEABILITY</t>
   </si>
   <si>
     <t>kategori PRUDENCE</t>
   </si>
   <si>
     <t>kategori INTELLECTANCE</t>
   </si>
   <si>
     <t>kategori SCHOOL SUCCESS</t>
   </si>
   <si>
     <t>PSICO_002</t>
   </si>
   <si>
-    <t>Borderline</t>
+    <t>ANGGIT DWI NUGRAHENI</t>
+  </si>
+  <si>
+    <t>Perempuan</t>
+  </si>
+  <si>
+    <t>Rata-Rata</t>
+  </si>
+  <si>
+    <t>RENDAH</t>
+  </si>
+  <si>
+    <t>TINGGI</t>
+  </si>
+  <si>
+    <t>high</t>
+  </si>
+  <si>
+    <t>average</t>
   </si>
   <si>
     <t>INTELLIGENCE STRUCTURE TEST</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>SW</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>AN</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>RA</t>
   </si>
@@ -482,50 +500,92 @@
     <t>INGATAN YANG BAGUS</t>
   </si>
   <si>
     <t>KEMAMPUAN MATEMATIKA</t>
   </si>
   <si>
     <t>MEMBACA</t>
   </si>
   <si>
     <t>Service Orientation</t>
   </si>
   <si>
     <t>Stress Tolerance</t>
   </si>
   <si>
     <t>Reliability</t>
   </si>
   <si>
     <t>Clerical Potential</t>
   </si>
   <si>
     <t>Sales Potential</t>
   </si>
   <si>
     <t>Managerial Potential</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi menyesuaikan diri dengan lingkungan yang serba cepat dan/atau beban kerja yang berat, tetap tenang di bawah tekanan, menghindari reaksi berlebihan, dan tidak bereaksi negatif terhadap stres. Mereka tenang, percaya diri dengan kemampuan mereka, dan orang lain akan menghargai ketahanan mereka di saat-saat yang mendesak dan penuh tekanan. Orang-orang ini mempercayai orang lain dan cenderung melihat gelas itu  setengah penuh  daripada  setengah kosong .</t>
+  </si>
+  <si>
+    <t>Individu dengan skor rata-rata dipandang sebagai orang yang relatif ambisius, pekerja keras, dan pemain tim yang baik. Meskipun mereka tidak didorong oleh masalah status, mereka biasanya tidak keberatan pindah ke posisi otoritas, dan mereka mendukung upaya tim untuk menyelesaikan proyek.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi cenderung digambarkan sebagai orang yang mudah didekati, suka berteman, ramah, banyak bicara, menghibur, dan dinamis. Mereka akan membuat kesan pertama yang positif dan merasa nyaman di posisi terkenal, terutama jika mereka bisa menjadi pusat perhatian. Orang-orang ini bertemu dengan orang asing dengan baik, senang berinteraksi dengan orang lain, dan dipandang sebagai orang yang terampil secara sosial baik oleh teman sebaya maupun pelanggan.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi akan terlihat diplomatis, dapat dipercaya, ramah, hangat, perhatian, dan memelihara hubungan. Mereka cenderung menjadi anggota tim yang tanggap, bijaksana, dan kooperatif yang mencoba membangun dan memelihara koalisi dengan orang lain. Mereka mendorong kerja sama dan kerja tim, dan menumbuhkan kepercayaan dan rasa hormat dari rekan kerja dan staf mereka.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi dipandang sebagai orang yang tertib, dapat dipercaya, terencana, terorganisir, dapat diandalkan, dan bertanggung jawab. Mereka akan memegang standar tinggi untuk kinerja mereka sendiri dan orang lain, dan akan digambarkan sebagai didorong secara prosedural dan memperhatikan detail. Individu-individu ini cenderung menjadi warga organisasi yang baik yang memperhatikan aturan dan prosedur organisasi. Mereka akan mengumpulkan semua informasi yang diperlukan untuk membuat keputusan yang tepat.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi cenderung imajinatif, memiliki banyak ide, dan pemecah masalah yang banyak akal. Mereka sering kreatif (periksa kehati-hatian rendah), suka berpetualang, ingin tahu, berpikiran terbuka, dan fokus pada gambaran yang lebih besar. Orang-orang ini biasanya adalah pemikir strategis  di luar kotak  yang dapat membawa berbagai ide dan solusi pada pekerjaan.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi menghargai pendidikan dan memandang pembelajaran sebagai tujuan itu sendiri. Mereka cenderung up-to-date dengan tren terkini dalam profesi mereka, dan akan mendorong kesempatan belajar dan pelatihan untuk diri mereka sendiri dan staf mereka. Individu-individu ini berorientasi pada pencapaian, fokus pada tujuan, senang menerapkan pengetahuan mereka pada situasi saat ini, dan akan bekerja untuk meningkatkan keterampilan mereka.</t>
+  </si>
+  <si>
+    <t>Karena individu dengan skor tinggi sangat tenang, mereka mungkin tidak menyadari ketika orang lain sedang stres, dapat terus menumpuk pekerjaan kepada orang lain, dan mungkin tidak berempati. Mereka cenderung melihat umpan balik positif sebagai sarana  menepuk punggung mereka sendiri  dan, karena tingkat kepercayaan diri mereka yang tinggi, mereka cenderung mengabaikan umpan balik negatif. Individu dengan skor tinggi juga cenderung mengabaikan kesalahan mereka dan melebih-lebihkan kontribusi tempat kerja mereka.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor rata-rata mungkin terlihat acuh tak acuh dan tidak terlalu strategis dalam pengambilan keputusan mereka; akibatnya, orang lain mungkin mengalami kesulitan mempertahankan kepercayaan pada potensi kepemimpinan individu ini. Karena kecenderungan mereka untuk tidak mencari tantangan, mereka mungkin terlihat kurang memiliki keterampilan maupun keinginan untuk mencapai hasil yang berdampak tinggi.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi mungkin mengalami kesulitan dalam mendengarkan secara aktif dan mungkin sering menyela orang lain. Mereka cenderung bersaing untuk menjadi pusat perhatian daripada memahami peran mereka dalam gambaran yang lebih besar. Seiring waktu, rekan kerja yang lebih pendiam mungkin melihat orang-orang ini sebagai orang yang keras dan sombong, yang akan mengurangi efektivitas mereka. Mereka juga mungkin impulsif dan tidak memikirkan konsekuensi dari tindakan mereka, yang menempatkan mereka pada risiko membuat keputusan yang tergesa-gesa dan buruk.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi memiliki kecenderungan untuk menghindari konfrontasi. Mereka cenderung fokus untuk bergaul dengan orang lain; akibatnya, mereka mungkin tidak mengatasi masalah kinerja yang buruk secara tepat waktu, yang dapat menciptakan persepsi pilih kasih. Orang lain mungkin mengambil keuntungan dari orang ini.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi mungkin terlalu mengontrol dan mengalami kesulitan mengelola perubahan. Mereka akan digambarkan oleh orang lain sebagai orang yang mengatur rincian proyeksampai hal terkecil, dan agak tidak dapat mendelegasikan tugas kepada orang lain. Orang-orang ini cenderung tidak visioner atau tidak berorientasi  gambaran besar , yang dapat mengurangi efektivitas mereka secara keseluruhan. Individu dengan skor yang sangat tinggi (persentil ke-90 ke atas) cenderung terlihat kaku dan tidak fleksibel.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi dapat menjadi mudah bosan tanpa aktivitas baru dan merangsang. Mereka mungkin mengalami kesulitan mendiagnosis kepraktisan ide dan konsep, mengecilkan masalah operasional atau proses, dan lebih suka membuat konsep daripada implementasi. Individu dengan skor yang sangat tinggi (di atas 90%) sering dianggap mudah mengalihkan perhatian (terutama saat melakukan tugas yang membosankan), tidak dapat diprediksi, dan terlalu bersemangat tentang topik yang menjadi minat pribadi.</t>
+  </si>
+  <si>
+    <t>Individu dengan skor tinggi mungkin cenderung lebih fokus pada pembelajaran daripada melakukan tugas-tugas yang ?tidak menarik?, namun diperlukan. Mereka mungkin cenderung menggunakan teknologi terbaru tanpa memverifikasi kegunaannya dan mungkin membanjiri orang lain dengan semangat mereka untuk mendapatkan kesempatan pelatihan. Orang-orang ini mungkin dianggap dogmatis tentang nilai pengetahuan; akibatnya, mereka dapat dilihat sebagai  tahu segalanya  oleh orang lain, menyebabkan mereka kehilangan kredibilitas dari waktu ke waktu.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -1106,88 +1166,138 @@
         <v>39</v>
       </c>
       <c r="AH6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="AI6" s="1" t="s">
         <v>41</v>
       </c>
       <c r="AJ6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AK6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="AL6" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:38">
       <c r="A7" s="2">
         <v>1</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C7" s="2"/>
-[...2 lines deleted...]
-      <c r="F7" s="3"/>
+      <c r="C7" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" s="2">
+        <v>30</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" s="3">
+        <v>97</v>
+      </c>
       <c r="G7" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
-      <c r="R7" s="3"/>
-[...19 lines deleted...]
-      <c r="AL7" s="3"/>
+      <c r="R7" s="3">
+        <v>1274</v>
+      </c>
+      <c r="S7" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="T7" s="3">
+        <v>2.43328</v>
+      </c>
+      <c r="U7" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="V7" s="3">
+        <v>43.1221</v>
+      </c>
+      <c r="W7" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="X7" s="3">
+        <v>44</v>
+      </c>
+      <c r="Y7" s="3">
+        <v>66</v>
+      </c>
+      <c r="Z7" s="3">
+        <v>55</v>
+      </c>
+      <c r="AA7" s="3">
+        <v>89</v>
+      </c>
+      <c r="AB7" s="3">
+        <v>83</v>
+      </c>
+      <c r="AC7" s="3">
+        <v>75</v>
+      </c>
+      <c r="AD7" s="3">
+        <v>95</v>
+      </c>
+      <c r="AE7" s="3">
+        <v>69</v>
+      </c>
+      <c r="AF7" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AG7" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH7" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AI7" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AJ7" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AK7" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AL7" s="3" t="s">
+        <v>51</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:Q5"/>
     <mergeCell ref="R5:X5"/>
     <mergeCell ref="Y5:AL5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -1211,244 +1321,256 @@
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="10" customWidth="true" style="0"/>
     <col min="13" max="13" width="10" customWidth="true" style="0"/>
     <col min="14" max="14" width="10" customWidth="true" style="0"/>
     <col min="15" max="15" width="10" customWidth="true" style="0"/>
     <col min="16" max="16" width="10" customWidth="true" style="0"/>
     <col min="17" max="17" width="10" customWidth="true" style="0"/>
     <col min="18" max="18" width="10" customWidth="true" style="0"/>
     <col min="19" max="19" width="10" customWidth="true" style="0"/>
     <col min="20" max="20" width="10" customWidth="true" style="0"/>
     <col min="21" max="21" width="10" customWidth="true" style="0"/>
     <col min="22" max="22" width="10" customWidth="true" style="0"/>
     <col min="23" max="23" width="10" customWidth="true" style="0"/>
     <col min="24" max="24" width="10" customWidth="true" style="0"/>
     <col min="25" max="25" width="10" customWidth="true" style="0"/>
     <col min="26" max="26" width="10" customWidth="true" style="0"/>
     <col min="27" max="27" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:27">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:27">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:27">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
     </row>
     <row r="5" spans="1:27">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="L5" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="N5" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="P5" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q5" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="R5" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="S5" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="O5" s="1" t="s">
+      <c r="T5" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="P5" s="1" t="s">
+      <c r="U5" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="Q5" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="V5" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="W5" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="X5" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="Y5" s="1" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="Z5" s="1" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="AA5" s="1" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:27">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C6" s="2"/>
-[...1 lines deleted...]
-      <c r="E6" s="3"/>
+      <c r="C6" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" s="3">
+        <v>30</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>47</v>
+      </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G6" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="H6" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J6" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K6" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="L6" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="M6" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="N6" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="O6" s="3">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="P6" s="3"/>
+        <v>7</v>
+      </c>
+      <c r="P6" s="3">
+        <v>84</v>
+      </c>
       <c r="Q6" s="3">
-        <v>0</v>
+        <v>102</v>
       </c>
       <c r="R6" s="3">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="S6" s="3">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="T6" s="3">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="U6" s="3">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="V6" s="3">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="W6" s="3">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="X6" s="3">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="Y6" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="AA6" s="3"/>
+        <v>118</v>
+      </c>
+      <c r="Z6" s="3">
+        <v>98</v>
+      </c>
+      <c r="AA6" s="3">
+        <v>97</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="F4:P4"/>
     <mergeCell ref="Q4:Y4"/>
     <mergeCell ref="Z4:AA4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
@@ -1476,161 +1598,163 @@
     <col min="11" max="11" width="5" customWidth="true" style="0"/>
     <col min="12" max="12" width="5" customWidth="true" style="0"/>
     <col min="13" max="13" width="5" customWidth="true" style="0"/>
     <col min="14" max="14" width="5" customWidth="true" style="0"/>
     <col min="15" max="15" width="5" customWidth="true" style="0"/>
     <col min="16" max="16" width="5" customWidth="true" style="0"/>
     <col min="17" max="17" width="5" customWidth="true" style="0"/>
     <col min="18" max="18" width="25" customWidth="true" style="0"/>
     <col min="19" max="19" width="25" customWidth="true" style="0"/>
     <col min="20" max="20" width="25" customWidth="true" style="0"/>
     <col min="21" max="21" width="25" customWidth="true" style="0"/>
     <col min="22" max="22" width="25" customWidth="true" style="0"/>
     <col min="23" max="23" width="25" customWidth="true" style="0"/>
     <col min="24" max="24" width="25" customWidth="true" style="0"/>
     <col min="25" max="25" width="25" customWidth="true" style="0"/>
     <col min="26" max="26" width="25" customWidth="true" style="0"/>
     <col min="27" max="27" width="25" customWidth="true" style="0"/>
     <col min="28" max="28" width="25" customWidth="true" style="0"/>
     <col min="29" max="29" width="25" customWidth="true" style="0"/>
     <col min="30" max="30" width="25" customWidth="true" style="0"/>
     <col min="31" max="31" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="K5" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N5" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="O5" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="P5" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q5" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="R5" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="S5" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="L5" s="1" t="s">
+      <c r="T5" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="U5" s="1" t="s">
         <v>73</v>
-      </c>
-[...22 lines deleted...]
-        <v>67</v>
       </c>
       <c r="V5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="W5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="X5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="Y5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Z5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AA5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AB5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AD5" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AE5" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:31">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C6" s="2"/>
+      <c r="C6" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="U6" s="2"/>
       <c r="V6" s="2"/>
       <c r="W6" s="2"/>
       <c r="X6" s="2"/>
       <c r="Y6" s="2"/>
       <c r="Z6" s="2"/>
       <c r="AA6" s="2"/>
       <c r="AB6" s="2"/>
@@ -1660,109 +1784,127 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D6" sqref="D6:K6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="18" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
     <col min="9" max="9" width="25" customWidth="true" style="0"/>
     <col min="10" max="10" width="25" customWidth="true" style="0"/>
     <col min="11" max="11" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C6" s="2"/>
-[...7 lines deleted...]
-      <c r="K6" s="3"/>
+      <c r="C6" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" s="3">
+        <v>31</v>
+      </c>
+      <c r="E6" s="3">
+        <v>1274</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" s="3">
+        <v>2.43328</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="I6" s="3">
+        <v>43.1221</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" s="3">
+        <v>44</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CI6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
@@ -1840,413 +1982,583 @@
     <col min="67" max="67" width="25" customWidth="true" style="0"/>
     <col min="68" max="68" width="25" customWidth="true" style="0"/>
     <col min="69" max="69" width="25" customWidth="true" style="0"/>
     <col min="70" max="70" width="25" customWidth="true" style="0"/>
     <col min="71" max="71" width="25" customWidth="true" style="0"/>
     <col min="72" max="72" width="25" customWidth="true" style="0"/>
     <col min="73" max="73" width="25" customWidth="true" style="0"/>
     <col min="74" max="74" width="25" customWidth="true" style="0"/>
     <col min="75" max="75" width="25" customWidth="true" style="0"/>
     <col min="76" max="76" width="25" customWidth="true" style="0"/>
     <col min="77" max="77" width="25" customWidth="true" style="0"/>
     <col min="78" max="78" width="25" customWidth="true" style="0"/>
     <col min="79" max="79" width="25" customWidth="true" style="0"/>
     <col min="80" max="80" width="25" customWidth="true" style="0"/>
     <col min="81" max="81" width="25" customWidth="true" style="0"/>
     <col min="82" max="82" width="25" customWidth="true" style="0"/>
     <col min="83" max="83" width="25" customWidth="true" style="0"/>
     <col min="84" max="84" width="25" customWidth="true" style="0"/>
     <col min="85" max="85" width="25" customWidth="true" style="0"/>
     <col min="86" max="86" width="25" customWidth="true" style="0"/>
     <col min="87" max="87" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:87">
       <c r="A2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:87">
       <c r="A3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:87">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="Q5" s="1" t="s">
         <v>42</v>
       </c>
       <c r="R5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="S5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="T5" s="1" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="U5" s="1" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="V5" s="1" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="W5" s="1" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="X5" s="1" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="Y5" s="1" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="Z5" s="1" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="AA5" s="1" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="AB5" s="1" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="AC5" s="1" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="AD5" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="AE5" s="1" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="AF5" s="1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="AG5" s="1" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="AH5" s="1" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="AI5" s="1" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="AJ5" s="1" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="AK5" s="1" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="AL5" s="1" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="AM5" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="AN5" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="AO5" s="1" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="AP5" s="1" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="AQ5" s="1" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="AR5" s="1" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="AS5" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="AT5" s="1" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="AU5" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="AV5" s="1" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="AW5" s="1" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="AX5" s="1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="AY5" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="AZ5" s="1" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="BA5" s="1" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="BB5" s="1" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="BC5" s="1" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="BD5" s="1" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="BE5" s="1" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="BF5" s="1" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="BG5" s="1" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="BH5" s="1" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="BI5" s="1" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="BJ5" s="1" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="BK5" s="1" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="BL5" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="BM5" s="1" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="BN5" s="1" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="BO5" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="BP5" s="1" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="BQ5" s="1" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="BR5" s="1" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="BS5" s="1" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="BT5" s="1" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="BU5" s="1" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="BV5" s="1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="BW5" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="BX5" s="1" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="BY5" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="BZ5" s="1" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="CA5" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="CB5" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="CC5" s="1" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="CD5" s="1" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="CE5" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="CF5" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="CG5" s="1" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="CH5" s="1" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="CI5" s="1" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="6" spans="1:87">
       <c r="A6" s="2">
         <v>1</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C6" s="2"/>
-[...83 lines deleted...]
-      <c r="CI6" s="2"/>
+      <c r="C6" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" s="2">
+        <v>30</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" s="2">
+        <v>66</v>
+      </c>
+      <c r="G6" s="2">
+        <v>55</v>
+      </c>
+      <c r="H6" s="2">
+        <v>89</v>
+      </c>
+      <c r="I6" s="2">
+        <v>83</v>
+      </c>
+      <c r="J6" s="2">
+        <v>75</v>
+      </c>
+      <c r="K6" s="2">
+        <v>95</v>
+      </c>
+      <c r="L6" s="2">
+        <v>69</v>
+      </c>
+      <c r="M6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="O6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="R6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="S6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="T6" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="U6" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="V6" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="W6" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="X6" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="Y6" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="Z6" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="AA6" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="AB6" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="AC6" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="AD6" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="AE6" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="AF6" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="AG6" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="AH6" s="2">
+        <v>30</v>
+      </c>
+      <c r="AI6" s="2">
+        <v>4</v>
+      </c>
+      <c r="AJ6" s="2">
+        <v>2</v>
+      </c>
+      <c r="AK6" s="2">
+        <v>5</v>
+      </c>
+      <c r="AL6" s="2">
+        <v>5</v>
+      </c>
+      <c r="AM6" s="2">
+        <v>5</v>
+      </c>
+      <c r="AN6" s="2">
+        <v>5</v>
+      </c>
+      <c r="AO6" s="2">
+        <v>3</v>
+      </c>
+      <c r="AP6" s="2">
+        <v>1</v>
+      </c>
+      <c r="AQ6" s="2">
+        <v>25</v>
+      </c>
+      <c r="AR6" s="2">
+        <v>4</v>
+      </c>
+      <c r="AS6" s="2">
+        <v>3</v>
+      </c>
+      <c r="AT6" s="2">
+        <v>5</v>
+      </c>
+      <c r="AU6" s="2">
+        <v>6</v>
+      </c>
+      <c r="AV6" s="2">
+        <v>5</v>
+      </c>
+      <c r="AW6" s="2">
+        <v>2</v>
+      </c>
+      <c r="AX6" s="2">
+        <v>19</v>
+      </c>
+      <c r="AY6" s="2">
+        <v>4</v>
+      </c>
+      <c r="AZ6" s="2">
+        <v>3</v>
+      </c>
+      <c r="BA6" s="2">
+        <v>5</v>
+      </c>
+      <c r="BB6" s="2">
+        <v>3</v>
+      </c>
+      <c r="BC6" s="2">
+        <v>4</v>
+      </c>
+      <c r="BD6" s="2">
+        <v>21</v>
+      </c>
+      <c r="BE6" s="2">
+        <v>3</v>
+      </c>
+      <c r="BF6" s="2">
+        <v>5</v>
+      </c>
+      <c r="BG6" s="2">
+        <v>6</v>
+      </c>
+      <c r="BH6" s="2">
+        <v>3</v>
+      </c>
+      <c r="BI6" s="2">
+        <v>4</v>
+      </c>
+      <c r="BJ6" s="2">
+        <v>23</v>
+      </c>
+      <c r="BK6" s="2">
+        <v>0</v>
+      </c>
+      <c r="BL6" s="2">
+        <v>5</v>
+      </c>
+      <c r="BM6" s="2">
+        <v>4</v>
+      </c>
+      <c r="BN6" s="2">
+        <v>5</v>
+      </c>
+      <c r="BO6" s="2">
+        <v>1</v>
+      </c>
+      <c r="BP6" s="2">
+        <v>4</v>
+      </c>
+      <c r="BQ6" s="2">
+        <v>4</v>
+      </c>
+      <c r="BR6" s="2">
+        <v>22</v>
+      </c>
+      <c r="BS6" s="2">
+        <v>4</v>
+      </c>
+      <c r="BT6" s="2">
+        <v>3</v>
+      </c>
+      <c r="BU6" s="2">
+        <v>4</v>
+      </c>
+      <c r="BV6" s="2">
+        <v>3</v>
+      </c>
+      <c r="BW6" s="2">
+        <v>5</v>
+      </c>
+      <c r="BX6" s="2">
+        <v>3</v>
+      </c>
+      <c r="BY6" s="2">
+        <v>10</v>
+      </c>
+      <c r="BZ6" s="2">
+        <v>3</v>
+      </c>
+      <c r="CA6" s="2">
+        <v>2</v>
+      </c>
+      <c r="CB6" s="2">
+        <v>3</v>
+      </c>
+      <c r="CC6" s="2">
+        <v>2</v>
+      </c>
+      <c r="CD6" s="2">
+        <v>44</v>
+      </c>
+      <c r="CE6" s="2">
+        <v>82</v>
+      </c>
+      <c r="CF6" s="2">
+        <v>59</v>
+      </c>
+      <c r="CG6" s="2">
+        <v>26</v>
+      </c>
+      <c r="CH6" s="2">
+        <v>86</v>
+      </c>
+      <c r="CI6" s="2">
+        <v>43</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>