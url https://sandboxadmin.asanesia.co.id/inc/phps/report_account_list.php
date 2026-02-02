--- v0 (2025-12-10)
+++ v1 (2026-02-02)
@@ -567,113 +567,113 @@
       <c r="A3" s="1">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J3" s="1">
         <v>10</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="L3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="N3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="O3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="P3" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" s="1">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J4" s="1">
         <v>5</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="M4" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="N4" s="1" t="s">
         <v>21</v>
       </c>
       <c r="O4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="P4" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" s="1">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="1">
         <v>123</v>
       </c>
       <c r="E5" s="1" t="s">