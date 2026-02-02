--- v0 (2025-12-10)
+++ v1 (2026-02-02)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Paricipant List" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Record ID</t>
   </si>
   <si>
     <t>Username</t>
   </si>
   <si>
     <t>Password</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Test Status</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Purpose</t>
   </si>
   <si>
@@ -67,183 +67,180 @@
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>No. test</t>
   </si>
   <si>
     <t>ID No. / KTP</t>
   </si>
   <si>
     <t>Birthdate</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>ASANESIA_001</t>
   </si>
   <si>
     <t>98ATSK</t>
   </si>
   <si>
-    <t>Available</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">  </t>
+    <t>Safikoh</t>
+  </si>
+  <si>
+    <t>Test Taken</t>
+  </si>
+  <si>
+    <t>IST(OK) | MMPI(OK) | Pauli(OK) | HPI(-)</t>
+  </si>
+  <si>
+    <t>19 January 2026</t>
+  </si>
+  <si>
+    <t>Recruitment</t>
+  </si>
+  <si>
+    <t>Dokter</t>
+  </si>
+  <si>
+    <t>Cilegon</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>3604075303980001</t>
+  </si>
+  <si>
+    <t>13 March 1998</t>
+  </si>
+  <si>
+    <t>Perempuan</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>ASANESIA_002</t>
   </si>
   <si>
     <t>HC9SYJ</t>
   </si>
   <si>
-    <t>ARDENTA TOGA PRAWIRA</t>
-[...17 lines deleted...]
-    <t>Serang</t>
+    <t>CESARINA ZULAIHA</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>CILEGON</t>
   </si>
   <si>
     <t>002</t>
   </si>
   <si>
-    <t>3604010305980310</t>
-[...2 lines deleted...]
-    <t>03 May 1998</t>
+    <t>3174056008870007</t>
+  </si>
+  <si>
+    <t>20 August 1987</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>ASANESIA_003</t>
+  </si>
+  <si>
+    <t>NVSXYO</t>
+  </si>
+  <si>
+    <t>Dendy Arista</t>
+  </si>
+  <si>
+    <t>IST(OK) | MMPI(OK) | Pauli(OK) | HPI(OK)</t>
+  </si>
+  <si>
+    <t>003</t>
+  </si>
+  <si>
+    <t>3275122003950002</t>
+  </si>
+  <si>
+    <t>20 March 1995</t>
   </si>
   <si>
     <t>Laki-laki</t>
   </si>
   <si>
-    <t>203</t>
-[...28 lines deleted...]
-  <si>
     <t>204</t>
   </si>
   <si>
     <t>ASANESIA_004</t>
   </si>
   <si>
     <t>4GC7X2</t>
   </si>
   <si>
-    <t>BOBIC ROSANDO MALIKI</t>
-[...5 lines deleted...]
-    <t>CILEGON</t>
+    <t>Robi Sutanto</t>
+  </si>
+  <si>
+    <t>DOKTER</t>
   </si>
   <si>
     <t>004</t>
   </si>
   <si>
-    <t>3672031712030004</t>
-[...2 lines deleted...]
-    <t>17 December 2003</t>
+    <t>3603281101990006</t>
+  </si>
+  <si>
+    <t>11 January 1999</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>ASANESIA_005</t>
   </si>
   <si>
     <t>X20DSE</t>
   </si>
   <si>
     <t>Rara</t>
   </si>
   <si>
-    <t>HR</t>
-[...11 lines deleted...]
-    <t>Perempuan</t>
+    <t>IST(OK) | MMPI(OK) | Pauli(-) | HPI(-)</t>
+  </si>
+  <si>
+    <t>Hr</t>
+  </si>
+  <si>
+    <t>10 March 1994</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -654,244 +651,258 @@
         <v>9</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      <c r="L3" s="2"/>
+        <v>20</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J3" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="N3"/>
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="H4" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="2" t="s">
-[...14 lines deleted...]
-      <c r="H4" s="2" t="s">
+      <c r="I4" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="I5" s="2" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N5" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I6" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="J6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
         <v>45</v>
-      </c>
-[...34 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E7" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I7" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="J7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="F7" s="2" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L7" s="2" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>60</v>
       </c>
       <c r="N7" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>