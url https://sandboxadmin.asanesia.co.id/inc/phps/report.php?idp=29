--- v0 (2025-12-10)
+++ v1 (2026-02-02)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Paricipant List" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Record ID</t>
   </si>
   <si>
     <t>Username</t>
   </si>
   <si>
     <t>Password</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Test Status</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Purpose</t>
   </si>
   <si>
@@ -67,255 +67,252 @@
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>No. test</t>
   </si>
   <si>
     <t>ID No. / KTP</t>
   </si>
   <si>
     <t>Birthdate</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>PSICO_001</t>
   </si>
   <si>
     <t>V57YKQ</t>
   </si>
   <si>
+    <t>Khalisha Azzahra Khairunnisa</t>
+  </si>
+  <si>
+    <t>Test Taken</t>
+  </si>
+  <si>
+    <t>IST(OK) | MMPI(-) | Pauli(OK) | HPI(OK)</t>
+  </si>
+  <si>
+    <t>10 January 2026</t>
+  </si>
+  <si>
+    <t>Recruitment</t>
+  </si>
+  <si>
+    <t>Finance</t>
+  </si>
+  <si>
+    <t>Cikarang</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>3672074511000001</t>
+  </si>
+  <si>
+    <t>05 November 2000</t>
+  </si>
+  <si>
+    <t>Perempuan</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>PSICO_002</t>
+  </si>
+  <si>
+    <t>8XRT5Z</t>
+  </si>
+  <si>
+    <t>ANGGIT DWI NUGRAHENI</t>
+  </si>
+  <si>
+    <t>UNIVERSITAS ISLAM SULTAN AGUNG SEMARANG</t>
+  </si>
+  <si>
+    <t>CILEGON</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>3305115701950003</t>
+  </si>
+  <si>
+    <t>17 January 1995</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>PSICO_003</t>
+  </si>
+  <si>
+    <t>WEZUYI</t>
+  </si>
+  <si>
+    <t>SITI AISYAH</t>
+  </si>
+  <si>
+    <t>TACX ANALYST</t>
+  </si>
+  <si>
+    <t>003</t>
+  </si>
+  <si>
+    <t>3672024411000001</t>
+  </si>
+  <si>
+    <t>04 November 2000</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>PSICO_004</t>
+  </si>
+  <si>
+    <t>E0O2FN</t>
+  </si>
+  <si>
+    <t>M. ISMAEL MARZUKI. M.J</t>
+  </si>
+  <si>
+    <t>General Accounting</t>
+  </si>
+  <si>
+    <t>Bali</t>
+  </si>
+  <si>
+    <t>004</t>
+  </si>
+  <si>
+    <t>1302102303000004</t>
+  </si>
+  <si>
+    <t>23 March 2000</t>
+  </si>
+  <si>
+    <t>Laki-laki</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>PSICO_005</t>
+  </si>
+  <si>
+    <t>LGYB0J</t>
+  </si>
+  <si>
+    <t>IGNA SAROVA PUTRIYANI NURZAMIL</t>
+  </si>
+  <si>
+    <t>PT. KRAKATAU JASA LOGISTIK</t>
+  </si>
+  <si>
+    <t>KOTA TANGERANG</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>3672035501000001</t>
+  </si>
+  <si>
+    <t>15 January 2000</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>PSICO_006</t>
+  </si>
+  <si>
+    <t>BZQ7RI</t>
+  </si>
+  <si>
     <t>Available</t>
   </si>
   <si>
     <t>IST(-) | MMPI(-) | Pauli(-) | HPI(-)</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
-    <t>192</t>
-[...124 lines deleted...]
-  <si>
     <t>197</t>
   </si>
   <si>
     <t>PSICO_007</t>
   </si>
   <si>
     <t>5LMYO0</t>
   </si>
   <si>
-    <t>SISILIA AUGUSITNE</t>
-[...2 lines deleted...]
-    <t>FINANCE</t>
+    <t>Hudan Imam Muttaqien</t>
+  </si>
+  <si>
+    <t>Tax</t>
+  </si>
+  <si>
+    <t>Bandung</t>
   </si>
   <si>
     <t>007</t>
   </si>
   <si>
-    <t>880120219</t>
-[...2 lines deleted...]
-    <t>02 August 1995</t>
+    <t>3204341609990003</t>
+  </si>
+  <si>
+    <t>16 September 1999</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>PSICO_008</t>
   </si>
   <si>
     <t>ISABOJ</t>
   </si>
   <si>
-    <t>Muhammad Hasim Habibil Mustof</t>
-[...13 lines deleted...]
-  <si>
     <t>199</t>
   </si>
   <si>
     <t>PSICO_009</t>
   </si>
   <si>
     <t>903JAF</t>
-  </si>
-[...13 lines deleted...]
-    <t>30 May 1998</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>PSICO_010</t>
   </si>
   <si>
     <t>J0SDNY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -735,433 +732,421 @@
         <v>9</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      <c r="L3" s="2"/>
+        <v>20</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="J3" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="N3"/>
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="H4" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="2" t="s">
-[...16 lines deleted...]
-      <c r="L4" s="2"/>
+      <c r="I4" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="N4"/>
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="E5" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I5" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="J5" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
-      </c>
-[...25 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="2" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="N6" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="2" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E7" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I7" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="J7" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
-      </c>
-[...25 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="2" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>29</v>
-[...15 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+      <c r="J8" s="2"/>
+      <c r="K8" s="2"/>
+      <c r="L8" s="2"/>
       <c r="M8" s="2" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="N8"/>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="2" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I9" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="2" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="H10" s="2"/>
       <c r="I10" s="2"/>
-      <c r="J10" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="J10" s="2"/>
+      <c r="K10" s="2"/>
+      <c r="L10" s="2"/>
       <c r="M10" s="2" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="N10"/>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>29</v>
-[...15 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
       <c r="M11" s="2" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="N11"/>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="B12" s="2" t="s">
+      <c r="C12" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="N12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>